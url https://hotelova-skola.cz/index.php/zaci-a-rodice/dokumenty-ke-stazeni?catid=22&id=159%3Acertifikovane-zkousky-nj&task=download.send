--- v0 (2025-11-25)
+++ v1 (2026-01-11)
@@ -1,1286 +1,1313 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="65B8693B" w14:textId="77777777" w:rsidR="000D02CA" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+    <w:p w14:paraId="7C14BB53" w14:textId="77777777" w:rsidR="000D02CA" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00436A12">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Soupis jazykových zkoušek dokládajících jazykové znalosti žáka na úrovni B1 nebo úrovni vyšší podle Společného evropského referenčního rámce pro jazyky (dále jen „SERR“) pro maturitní zkoušku z cizího jazyka pro školní rok 2025-2026. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA9DE10" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+    <w:p w14:paraId="42636965" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="7366"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="25347C9E" w14:textId="77777777" w:rsidTr="00D36E17">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="7803E78A" w14:textId="77777777" w:rsidTr="00D36E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="05B8FFA8" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12" w:rsidP="00436A12">
+          <w:p w14:paraId="7ACF2679" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12" w:rsidP="00436A12">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00436A12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NĚMECKÝ JAZYK</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="63AA8A7C" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="2466CCF5" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="699D6FCB" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="48D69570" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57D6BA01" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="6B2FD0B6" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Státní jazyková zkouška základní</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="27E271BC" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="217F25A4" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="208F93E3" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="16D189C8" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2920F7" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="7F9F68A9" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Státní jazyková zkouška všeobecná</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="5DF03F6A" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="5E8BB2A6" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3531F025" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="25D3BD00" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57D693C8" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="47067A39" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Ö</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">SD </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> B1</w:t>
+              <w:t>SD Zertifikat B1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="3503531A" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="2F68E1CB" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64BDA497" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="30517142" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A6021F3" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="3F72BA7B" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Ö</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">SD </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> B2</w:t>
+              <w:t>SD Zertifikat B2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="156221DA" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="524E93E3" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B97CE88" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="65AAEBCE" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69DB192F" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="69252D7A" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Ö</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">SD </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> C1</w:t>
+              <w:t>SD Zertifikat C1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="1E16E966" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="71180E50" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70B972BF" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="2B8C3AE4" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1573FF54" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="3DBC04FC" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Ö</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">SD </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> C2</w:t>
+              <w:t>SD Zertifikat C2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="74D142E6" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="4A9DF217" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7004A426" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="42E9F9F0" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1A4B8C" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> B1</w:t>
+          <w:p w14:paraId="2526552A" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe-Zertifikat B1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="22461F9A" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="020A3BF4" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B007A4D" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="285D4149" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C60A27A" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> B2</w:t>
+          <w:p w14:paraId="1C9E5AB3" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe-Zertifikat B2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="08566077" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="128E9E74" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77372564" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="5DAAB896" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19A2745A" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> C1</w:t>
+          <w:p w14:paraId="79782E21" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00EA1CC1" w:rsidRDefault="00436A12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe-Zertifikat C1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="7EC6A1C9" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="54457C16" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74BF5872" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="0461825D" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB0F57D" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> C2</w:t>
+          <w:p w14:paraId="2BD2E26F" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe-Zertifikat C2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="3661B3D7" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="19BAF3DC" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25399315" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="08B647F0" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCC583C" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
-[...70 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="53F283E6" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>telc Deutsch B1/Zertifikat Deutsch</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="500E668F" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="1C3D9C99" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3D01DD" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="342A0894" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="087D756C" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> B2</w:t>
+          <w:p w14:paraId="4B97DE72" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>telc Deutsch B2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="58B145DC" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="53C5A1BE" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="538149E0" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="02AD639E" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21FBEC9F" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> C1</w:t>
+          <w:p w14:paraId="50D34331" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>telc Deutsch C1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="48E12AE3" w14:textId="77777777" w:rsidTr="00436A12">
+      <w:tr w:rsidR="00436A12" w:rsidRPr="00436A12" w14:paraId="2A42F72A" w14:textId="77777777" w:rsidTr="00436A12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23D1E84F" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+          <w:p w14:paraId="5FDAD8ED" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46C9DAF1" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> C2</w:t>
+          <w:p w14:paraId="69C0F34E" w14:textId="77777777" w:rsidR="00436A12" w:rsidRPr="00436A12" w:rsidRDefault="00436A12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>telc Deutsch C2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0137306B" w14:textId="77777777" w:rsidR="00436A12" w:rsidRDefault="00436A12">
+    <w:p w14:paraId="6610DB73" w14:textId="77777777" w:rsidR="00436A12" w:rsidRDefault="00436A12">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D492634" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00642CC9">
+    <w:p w14:paraId="2FBFB8C6" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00A44F0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Škála hodnocení:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A4B6E9C" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00642CC9">
+    <w:p w14:paraId="69205048" w14:textId="77777777" w:rsidR="00A44F0E" w:rsidRDefault="00A44F0E" w:rsidP="00A44F0E">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zkoušky úrovně B2, C1 – vždy známka 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B4B785" w14:textId="77777777" w:rsidR="00A44F0E" w:rsidRDefault="00A44F0E" w:rsidP="00A44F0E">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zkoušky úrovně B1 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ÖSD Zertifikat B1, Goethe-Zertifikat B1, telc Deutsch B1/Zertifikat Deutsch):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF1293C" w14:textId="77777777" w:rsidR="00EA1CC1" w:rsidRDefault="00EA1CC1" w:rsidP="00EA1CC1">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>100 % - 90 % = výborný (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C793F3" w14:textId="77777777" w:rsidR="00EA1CC1" w:rsidRDefault="00EA1CC1" w:rsidP="00EA1CC1">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">89 % - </w:t>
+      </w:r>
+      <w:r w:rsidR="00607D42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> % = chvalitebný (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6383B11C" w14:textId="77777777" w:rsidR="00EA1CC1" w:rsidRDefault="00607D42" w:rsidP="00EA1CC1">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>74</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> % - 60 % = </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dobrý (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2E6539" w14:textId="77777777" w:rsidR="00EA1CC1" w:rsidRPr="00A44F0E" w:rsidRDefault="00EA1CC1" w:rsidP="00EA1CC1">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>59 % a méně – zkoušku nesložil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64EE24AE" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00642CC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ADF342E" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00642CC9">
+    <w:p w14:paraId="1F021369" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00642CC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FE1BCEC" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00642CC9">
+    <w:p w14:paraId="2DAF61B6" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00642CC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72199F72" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00642CC9">
+    <w:p w14:paraId="3C44504B" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00642CC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C06BFF7" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00642CC9">
+    <w:p w14:paraId="23C92A89" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRDefault="00642CC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09FF41C6" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRPr="00436A12" w:rsidRDefault="00642CC9">
+    <w:p w14:paraId="777182B6" w14:textId="77777777" w:rsidR="00642CC9" w:rsidRPr="00436A12" w:rsidRDefault="00642CC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00642CC9" w:rsidRPr="00436A12">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58632695"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BAA28264"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00436A12"/>
     <w:rsid w:val="000D02CA"/>
     <w:rsid w:val="00436A12"/>
-    <w:rsid w:val="004A1AA8"/>
+    <w:rsid w:val="00595A4E"/>
+    <w:rsid w:val="00607D42"/>
     <w:rsid w:val="00642CC9"/>
-    <w:rsid w:val="008F116D"/>
+    <w:rsid w:val="007C09C3"/>
+    <w:rsid w:val="00A44F0E"/>
+    <w:rsid w:val="00EA1CC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0D3EA7C3"/>
+  <w14:docId w14:val="067C9870"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2FE187F7-9857-4B35-B1C0-C260DC976AB1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1342,98 +1369,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -1612,50 +1635,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -1663,62 +1687,73 @@
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Mkatabulky">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normlntabulka"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00436A12"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Odstavecseseznamem">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normln"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A44F0E"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1977,69 +2012,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>90</Words>
-  <Characters>531</Characters>
+  <Words>131</Words>
+  <Characters>753</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>620</CharactersWithSpaces>
+  <CharactersWithSpaces>883</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Blanka Hrdinková</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>0fe8be29-0903-41eb-98d6-f63f6b143560</vt:lpwstr>
+  </property>
+</Properties>
+</file>