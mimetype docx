--- v0 (2025-11-25)
+++ v1 (2026-01-11)
@@ -1,5831 +1,503 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...5240 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\hlouskova\Desktop\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3FA5896-3047-4FF2-A6AA-12D45DBE19BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="List1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <calcPr calcId="152511"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-</w:fonts>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="26">
+  <si>
+    <t>zkoušku z cizího jazyka pro školní rok 2025-2026.</t>
+  </si>
+  <si>
+    <t>Jiné  certifikáty budou budou uznávány až po konzultaci s MŠMT</t>
+  </si>
+  <si>
+    <t>Státní zkoušky</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B2 </t>
+  </si>
+  <si>
+    <t>Státní jazyková zkouška základní</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C1 </t>
+  </si>
+  <si>
+    <t>Státní jazyková zkouška všeobecná</t>
+  </si>
+  <si>
+    <t>B1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B1 </t>
+  </si>
+  <si>
+    <t>B2</t>
+  </si>
+  <si>
+    <t>C1</t>
+  </si>
+  <si>
+    <t>C2</t>
+  </si>
+  <si>
+    <t>SIELE celkový počet bodů min 459</t>
+  </si>
+  <si>
+    <t>SIELE celkový počet bodů min 685</t>
+  </si>
+  <si>
+    <t>SIELE celkový počet bodů 858</t>
+  </si>
+  <si>
+    <t>DELE</t>
+  </si>
+  <si>
+    <t>min 60 bodů ze 100</t>
+  </si>
+  <si>
+    <t>Kritéria převodu známek z certifikátů:</t>
+  </si>
+  <si>
+    <t>Úroveň B1 bude podle UMS jednotlivých zkoušek převedena na známky 1,2,3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dle daného bodového skóre jednotlivých zkoušek  a vzhledem k faktu,  </t>
+  </si>
+  <si>
+    <t>že úspěšnost těchto zkoušek je stanovena na hranici úspěšnosti 60%.</t>
+  </si>
+  <si>
+    <t>SIELE pozn. doba platnosti zkoušky SIELE je 5 let.</t>
+  </si>
+  <si>
+    <t>Soupis jazykových zkoušek dokládajících jazykové znalosti na úrovni B1 nebo úrovni vyšší</t>
+  </si>
+  <si>
+    <t>dle Společného evropského referenčního rámce pro jazyky (dále jen „SERR“) pro maturitní</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Úrovně nad rámec výstupní úrovně B1-B2, respektive B1+ odborných škol , </t>
+  </si>
+  <si>
+    <t>tedy B2,C1,C2 budou hodnocenz známkou 1.</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</w:settings>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="0.0"/>
+  </numFmts>
+  <fonts count="7" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="18">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thick">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="41">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="17" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normální" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...422 lines deleted...]
-</w:styles>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...38 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -5833,103 +505,103 @@
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
@@ -6076,74 +748,802 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A2:S37"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="L15" sqref="L15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="12" max="12" width="10.109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="B2" s="36" t="s">
+        <v>22</v>
+      </c>
+      <c r="C2" s="36"/>
+      <c r="D2" s="36"/>
+      <c r="E2" s="36"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="36"/>
+      <c r="H2" s="36"/>
+      <c r="I2" s="37"/>
+      <c r="J2" s="38"/>
+    </row>
+    <row r="3" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="B3" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" s="39"/>
+      <c r="D3" s="39"/>
+      <c r="E3" s="39"/>
+      <c r="F3" s="39"/>
+      <c r="G3" s="39"/>
+      <c r="H3" s="39"/>
+      <c r="I3" s="40"/>
+      <c r="J3" s="38"/>
+      <c r="K3" s="1"/>
+    </row>
+    <row r="4" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="26"/>
+      <c r="K4" s="1"/>
+    </row>
+    <row r="5" spans="2:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="4"/>
+      <c r="D5" s="4"/>
+      <c r="E5" s="4"/>
+      <c r="F5" s="4"/>
+      <c r="G5" s="4"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="26"/>
+      <c r="K5" s="1"/>
+      <c r="M5" s="25"/>
+      <c r="N5" s="25"/>
+      <c r="O5" s="25"/>
+      <c r="P5" s="25"/>
+      <c r="Q5" s="25"/>
+      <c r="R5" s="25"/>
+    </row>
+    <row r="6" spans="2:18" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="5"/>
+      <c r="C6" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="D6" s="7"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="26"/>
+      <c r="J6" s="29"/>
+      <c r="K6" s="1"/>
+      <c r="L6" s="26"/>
+      <c r="M6" s="31"/>
+      <c r="N6" s="31"/>
+      <c r="O6" s="31"/>
+      <c r="P6" s="31"/>
+      <c r="Q6" s="31"/>
+      <c r="R6" s="26"/>
+    </row>
+    <row r="7" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="B7" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="26"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="31"/>
+      <c r="M7" s="26"/>
+      <c r="N7" s="26"/>
+      <c r="O7" s="26"/>
+      <c r="P7" s="26"/>
+      <c r="Q7" s="26"/>
+      <c r="R7" s="26"/>
+    </row>
+    <row r="8" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="B8" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="D8" s="11"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="11"/>
+      <c r="G8" s="11"/>
+      <c r="H8" s="12"/>
+      <c r="I8" s="26"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="31"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
+      <c r="P8" s="26"/>
+      <c r="Q8" s="26"/>
+      <c r="R8" s="26"/>
+    </row>
+    <row r="9" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="B9" s="13"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="11"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="12"/>
+      <c r="I9" s="26"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="31"/>
+      <c r="M9" s="26"/>
+      <c r="N9" s="26"/>
+      <c r="O9" s="26"/>
+      <c r="P9" s="26"/>
+      <c r="Q9" s="26"/>
+      <c r="R9" s="26"/>
+    </row>
+    <row r="10" spans="2:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="14"/>
+      <c r="C10" s="15"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="15"/>
+      <c r="F10" s="15"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="26"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="31"/>
+      <c r="M10" s="26"/>
+      <c r="N10" s="26"/>
+      <c r="O10" s="26"/>
+      <c r="P10" s="26"/>
+      <c r="Q10" s="26"/>
+      <c r="R10" s="26"/>
+    </row>
+    <row r="11" spans="2:18" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="17"/>
+      <c r="C11" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="7"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="8"/>
+      <c r="I11" s="26"/>
+      <c r="J11" s="25"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="26"/>
+      <c r="M11" s="31"/>
+      <c r="N11" s="26"/>
+      <c r="O11" s="26"/>
+      <c r="P11" s="26"/>
+      <c r="Q11" s="26"/>
+      <c r="R11" s="26"/>
+    </row>
+    <row r="12" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="B12" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="11"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="11"/>
+      <c r="G12" s="11"/>
+      <c r="H12" s="12"/>
+      <c r="I12" s="26"/>
+      <c r="J12" s="25"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="31"/>
+      <c r="M12" s="26"/>
+      <c r="N12" s="26"/>
+      <c r="O12" s="26"/>
+      <c r="P12" s="26"/>
+      <c r="Q12" s="26"/>
+      <c r="R12" s="26"/>
+    </row>
+    <row r="13" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="B13" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="26"/>
+      <c r="J13" s="25"/>
+      <c r="K13" s="28"/>
+      <c r="L13" s="31"/>
+      <c r="M13" s="26"/>
+      <c r="N13" s="26"/>
+      <c r="O13" s="26"/>
+      <c r="P13" s="26"/>
+      <c r="Q13" s="26"/>
+      <c r="R13" s="26"/>
+    </row>
+    <row r="14" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="B14" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" s="11"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="11"/>
+      <c r="G14" s="11"/>
+      <c r="H14" s="12"/>
+      <c r="I14" s="26"/>
+      <c r="J14" s="25"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="31"/>
+      <c r="M14" s="26"/>
+      <c r="N14" s="26"/>
+      <c r="O14" s="26"/>
+      <c r="P14" s="26"/>
+      <c r="Q14" s="26"/>
+      <c r="R14" s="26"/>
+    </row>
+    <row r="15" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="B15" s="20"/>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="26"/>
+      <c r="J15" s="25"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="31"/>
+      <c r="M15" s="26"/>
+      <c r="N15" s="26"/>
+      <c r="O15" s="26"/>
+      <c r="P15" s="26"/>
+      <c r="Q15" s="26"/>
+      <c r="R15" s="26"/>
+    </row>
+    <row r="16" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="B16" s="18"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="26"/>
+      <c r="J16" s="25"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="31"/>
+      <c r="M16" s="26"/>
+      <c r="N16" s="26"/>
+      <c r="O16" s="26"/>
+      <c r="P16" s="26"/>
+      <c r="Q16" s="26"/>
+      <c r="R16" s="26"/>
+    </row>
+    <row r="17" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B17" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="11"/>
+      <c r="F17" s="11"/>
+      <c r="G17" s="11"/>
+      <c r="H17" s="12"/>
+      <c r="I17" s="26"/>
+      <c r="J17" s="25"/>
+      <c r="K17" s="1"/>
+      <c r="L17" s="31"/>
+      <c r="M17" s="26"/>
+      <c r="N17" s="26"/>
+      <c r="O17" s="26"/>
+      <c r="P17" s="26"/>
+      <c r="Q17" s="26"/>
+      <c r="R17" s="26"/>
+    </row>
+    <row r="18" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B18" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="11"/>
+      <c r="F18" s="11"/>
+      <c r="G18" s="11"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="26"/>
+      <c r="J18" s="25"/>
+      <c r="K18" s="1"/>
+      <c r="L18" s="31"/>
+      <c r="M18" s="26"/>
+      <c r="N18" s="26"/>
+      <c r="O18" s="26"/>
+      <c r="P18" s="26"/>
+      <c r="Q18" s="26"/>
+      <c r="R18" s="26"/>
+    </row>
+    <row r="19" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B19" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="11"/>
+      <c r="F19" s="11"/>
+      <c r="G19" s="11"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="26"/>
+      <c r="J19" s="25"/>
+      <c r="K19" s="1"/>
+      <c r="L19" s="31"/>
+      <c r="M19" s="26"/>
+      <c r="N19" s="26"/>
+      <c r="O19" s="26"/>
+      <c r="P19" s="26"/>
+      <c r="Q19" s="26"/>
+      <c r="R19" s="26"/>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B20" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C20" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="11"/>
+      <c r="F20" s="11"/>
+      <c r="G20" s="11"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="26"/>
+      <c r="J20" s="25"/>
+      <c r="K20" s="1"/>
+      <c r="L20" s="31"/>
+      <c r="M20" s="31"/>
+      <c r="N20" s="31"/>
+      <c r="O20" s="31"/>
+      <c r="P20" s="31"/>
+      <c r="Q20" s="31"/>
+      <c r="R20" s="26"/>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B21" s="21"/>
+      <c r="C21" s="22"/>
+      <c r="D21" s="7"/>
+      <c r="E21" s="7"/>
+      <c r="F21" s="7"/>
+      <c r="G21" s="7"/>
+      <c r="H21" s="8"/>
+      <c r="I21" s="26"/>
+      <c r="J21" s="25"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="31"/>
+      <c r="M21" s="26"/>
+      <c r="N21" s="26"/>
+      <c r="O21" s="26"/>
+      <c r="P21" s="26"/>
+      <c r="Q21" s="33"/>
+      <c r="R21" s="34"/>
+    </row>
+    <row r="22" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B22" s="20"/>
+      <c r="C22" s="7"/>
+      <c r="D22" s="7"/>
+      <c r="E22" s="7"/>
+      <c r="F22" s="7"/>
+      <c r="G22" s="7"/>
+      <c r="H22" s="8"/>
+      <c r="I22" s="26"/>
+      <c r="J22" s="27"/>
+      <c r="K22" s="1"/>
+      <c r="L22" s="31"/>
+      <c r="M22" s="26"/>
+      <c r="N22" s="26"/>
+      <c r="O22" s="26"/>
+      <c r="P22" s="26"/>
+      <c r="Q22" s="26"/>
+      <c r="R22" s="26"/>
+    </row>
+    <row r="23" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B23" s="23"/>
+      <c r="C23" s="1"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="26"/>
+      <c r="J23" s="25"/>
+      <c r="K23" s="1"/>
+      <c r="L23" s="31"/>
+      <c r="M23" s="26"/>
+      <c r="N23" s="26"/>
+      <c r="O23" s="26"/>
+      <c r="P23" s="26"/>
+      <c r="Q23" s="26"/>
+      <c r="R23" s="26"/>
+    </row>
+    <row r="24" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="30"/>
+      <c r="C24" s="24"/>
+      <c r="D24" s="15"/>
+      <c r="E24" s="15"/>
+      <c r="F24" s="15"/>
+      <c r="G24" s="15"/>
+      <c r="H24" s="16"/>
+      <c r="I24" s="26"/>
+      <c r="J24" s="25"/>
+      <c r="K24" s="1"/>
+      <c r="L24" s="31"/>
+      <c r="M24" s="26"/>
+      <c r="N24" s="26"/>
+      <c r="O24" s="26"/>
+      <c r="P24" s="26"/>
+      <c r="Q24" s="26"/>
+      <c r="R24" s="26"/>
+    </row>
+    <row r="25" spans="1:19" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="25"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="26"/>
+      <c r="D25" s="26"/>
+      <c r="E25" s="26"/>
+      <c r="F25" s="26"/>
+      <c r="G25" s="26"/>
+      <c r="H25" s="26"/>
+      <c r="I25" s="26"/>
+      <c r="J25" s="25"/>
+      <c r="K25" s="1"/>
+      <c r="L25" s="31"/>
+      <c r="M25" s="26"/>
+      <c r="N25" s="26"/>
+      <c r="O25" s="26"/>
+      <c r="P25" s="26"/>
+      <c r="Q25" s="33"/>
+      <c r="R25" s="35"/>
+    </row>
+    <row r="26" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B26" s="31" t="s">
+        <v>17</v>
+      </c>
+      <c r="C26" s="26"/>
+      <c r="D26" s="26"/>
+      <c r="E26" s="26"/>
+      <c r="F26" s="26"/>
+      <c r="G26" s="26"/>
+      <c r="H26" s="26"/>
+      <c r="I26" s="26"/>
+      <c r="K26" s="1"/>
+      <c r="L26" s="31"/>
+      <c r="M26" s="26"/>
+      <c r="N26" s="26"/>
+      <c r="O26" s="26"/>
+      <c r="P26" s="26"/>
+      <c r="Q26" s="33"/>
+      <c r="R26" s="35"/>
+    </row>
+    <row r="27" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B27" s="31" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="26"/>
+      <c r="D27" s="26"/>
+      <c r="E27" s="26"/>
+      <c r="F27" s="26"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="26"/>
+      <c r="I27" s="26"/>
+      <c r="K27" s="1"/>
+      <c r="L27" s="31"/>
+      <c r="M27" s="26"/>
+      <c r="N27" s="26"/>
+      <c r="O27" s="26"/>
+      <c r="P27" s="26"/>
+      <c r="Q27" s="33"/>
+      <c r="R27" s="35"/>
+    </row>
+    <row r="28" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B28" s="31" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" s="26"/>
+      <c r="D28" s="26"/>
+      <c r="E28" s="26"/>
+      <c r="F28" s="26"/>
+      <c r="G28" s="26"/>
+      <c r="H28" s="26"/>
+      <c r="I28" s="26"/>
+      <c r="J28" s="26"/>
+      <c r="K28" s="1"/>
+      <c r="L28" s="31"/>
+      <c r="M28" s="26"/>
+      <c r="N28" s="26"/>
+      <c r="O28" s="26"/>
+      <c r="P28" s="26"/>
+      <c r="Q28" s="33"/>
+      <c r="R28" s="35"/>
+    </row>
+    <row r="29" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B29" s="31" t="s">
+        <v>18</v>
+      </c>
+      <c r="C29" s="26"/>
+      <c r="D29" s="26"/>
+      <c r="E29" s="26"/>
+      <c r="F29" s="26"/>
+      <c r="G29" s="26"/>
+      <c r="H29" s="26"/>
+      <c r="I29" s="26"/>
+      <c r="J29" s="26"/>
+      <c r="K29" s="1"/>
+      <c r="L29" s="31"/>
+      <c r="M29" s="26"/>
+      <c r="N29" s="26"/>
+      <c r="O29" s="26"/>
+      <c r="P29" s="26"/>
+      <c r="Q29" s="26"/>
+      <c r="R29" s="26"/>
+    </row>
+    <row r="30" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B30" s="31" t="s">
+        <v>19</v>
+      </c>
+      <c r="C30" s="31"/>
+      <c r="D30" s="26"/>
+      <c r="E30" s="26"/>
+      <c r="F30" s="26"/>
+      <c r="G30" s="26"/>
+      <c r="H30" s="26"/>
+      <c r="I30" s="26"/>
+      <c r="J30" s="26"/>
+      <c r="K30" s="26"/>
+      <c r="L30" s="31"/>
+      <c r="M30" s="31"/>
+      <c r="N30" s="26"/>
+      <c r="O30" s="26"/>
+      <c r="P30" s="26"/>
+      <c r="Q30" s="26"/>
+      <c r="R30" s="26"/>
+    </row>
+    <row r="31" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B31" s="31" t="s">
+        <v>20</v>
+      </c>
+      <c r="C31" s="26"/>
+      <c r="D31" s="26"/>
+      <c r="E31" s="26"/>
+      <c r="F31" s="26"/>
+      <c r="G31" s="26"/>
+      <c r="H31" s="26"/>
+      <c r="I31" s="26"/>
+      <c r="J31" s="26"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="31"/>
+      <c r="M31" s="26"/>
+      <c r="N31" s="26"/>
+      <c r="O31" s="26"/>
+      <c r="P31" s="26"/>
+      <c r="Q31" s="26"/>
+      <c r="R31" s="26"/>
+      <c r="S31" s="25"/>
+    </row>
+    <row r="32" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B32" s="31"/>
+      <c r="C32" s="26"/>
+      <c r="D32" s="26"/>
+      <c r="E32" s="26"/>
+      <c r="F32" s="26"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="26"/>
+      <c r="I32" s="26"/>
+      <c r="J32" s="26"/>
+      <c r="K32" s="1"/>
+      <c r="L32" s="31"/>
+      <c r="M32" s="26"/>
+      <c r="N32" s="26"/>
+      <c r="O32" s="26"/>
+      <c r="P32" s="26"/>
+      <c r="Q32" s="26"/>
+      <c r="R32" s="26"/>
+      <c r="S32" s="25"/>
+    </row>
+    <row r="33" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B33" s="31"/>
+      <c r="C33" s="26"/>
+      <c r="D33" s="26"/>
+      <c r="E33" s="26"/>
+      <c r="F33" s="26"/>
+      <c r="G33" s="26"/>
+      <c r="H33" s="26"/>
+      <c r="I33" s="26"/>
+      <c r="J33" s="26"/>
+      <c r="K33" s="1"/>
+      <c r="L33" s="31"/>
+      <c r="M33" s="26"/>
+      <c r="N33" s="26"/>
+      <c r="O33" s="26"/>
+      <c r="P33" s="26"/>
+      <c r="Q33" s="26"/>
+      <c r="R33" s="26"/>
+      <c r="S33" s="25"/>
+    </row>
+    <row r="34" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B34" s="31"/>
+      <c r="C34" s="26"/>
+      <c r="D34" s="26"/>
+      <c r="E34" s="26"/>
+      <c r="F34" s="26"/>
+      <c r="G34" s="26"/>
+      <c r="H34" s="26"/>
+      <c r="I34" s="26"/>
+      <c r="J34" s="26"/>
+      <c r="K34" s="1"/>
+      <c r="L34" s="31"/>
+      <c r="M34" s="26"/>
+      <c r="N34" s="26"/>
+      <c r="O34" s="26"/>
+      <c r="P34" s="26"/>
+      <c r="Q34" s="26"/>
+      <c r="R34" s="26"/>
+    </row>
+    <row r="35" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B35" s="26"/>
+      <c r="C35" s="26"/>
+      <c r="D35" s="26"/>
+      <c r="E35" s="26"/>
+      <c r="F35" s="26"/>
+      <c r="G35" s="26"/>
+      <c r="H35" s="26"/>
+      <c r="I35" s="26"/>
+      <c r="J35" s="26"/>
+      <c r="K35" s="1"/>
+      <c r="L35" s="26"/>
+      <c r="M35" s="26"/>
+      <c r="N35" s="26"/>
+      <c r="O35" s="26"/>
+      <c r="P35" s="26"/>
+      <c r="Q35" s="26"/>
+      <c r="R35" s="26"/>
+    </row>
+    <row r="36" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A36" s="25"/>
+      <c r="B36" s="26"/>
+      <c r="C36" s="26"/>
+      <c r="D36" s="26"/>
+      <c r="E36" s="26"/>
+      <c r="F36" s="26"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="26"/>
+      <c r="I36" s="26"/>
+      <c r="J36" s="26"/>
+      <c r="K36" s="1"/>
+      <c r="L36" s="26"/>
+      <c r="M36" s="26"/>
+      <c r="N36" s="26"/>
+      <c r="O36" s="26"/>
+      <c r="P36" s="26"/>
+      <c r="Q36" s="26"/>
+      <c r="R36" s="26"/>
+    </row>
+    <row r="37" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A37" s="25"/>
+      <c r="B37" s="25"/>
+      <c r="C37" s="25"/>
+      <c r="D37" s="25"/>
+      <c r="E37" s="25"/>
+      <c r="F37" s="25"/>
+      <c r="G37" s="25"/>
+      <c r="H37" s="25"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Název</vt:lpstr>
+        <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>List1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SSHG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>942</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Andrea Hloušková</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>