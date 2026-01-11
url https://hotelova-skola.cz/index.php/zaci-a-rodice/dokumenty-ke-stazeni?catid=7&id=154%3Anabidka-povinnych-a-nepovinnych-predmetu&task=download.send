--- v0 (2025-11-25)
+++ v1 (2026-01-11)
@@ -313,112 +313,191 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovinné: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Anglický </w:t>
+        <w:t>Anglický jazyk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA74B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA74B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">písemná a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ústní, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Německý jazyk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA74B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA74B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">písemná a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ústní, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Španělský jazyk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> - ústní</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA74B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> písemná</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E44873">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> – ústní (žák </w:t>
+      <w:r w:rsidR="00EA74B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ústní (žák </w:t>
       </w:r>
       <w:r w:rsidR="003F7B91">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">si </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">může vybrat pouze jazyk, ze kterého nekonal </w:t>
       </w:r>
       <w:r w:rsidR="003F7B91">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>povinnou</w:t>
       </w:r>
@@ -588,154 +667,232 @@
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – mat</w:t>
       </w:r>
       <w:r w:rsidR="00401D1F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uritní </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">práce s obhajobou </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
-[...1 lines deleted...]
-        <w:ind w:right="-284"/>
+    <w:p w:rsidR="00EA74B5" w:rsidRPr="00E44873" w:rsidRDefault="00EA74B5" w:rsidP="00EA74B5">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovinné: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Anglický </w:t>
+        <w:t>Anglický jazyk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">písemná a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ústní, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Německý jazyk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">písemná a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ústní, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Španělský jazyk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> - ústní</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> písemná</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E44873">
-[...41 lines deleted...]
-      <w:r w:rsidR="003F7B91">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ústní (žák </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">si </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">může vybrat pouze jazyk, ze kterého nekonal </w:t>
       </w:r>
-      <w:r w:rsidR="003F7B91">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>povinnou</w:t>
       </w:r>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> maturitní zkoušky) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
@@ -911,202 +1068,281 @@
       <w:r w:rsidR="003F7B91" w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– mat</w:t>
       </w:r>
       <w:r w:rsidR="00401D1F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uritní</w:t>
       </w:r>
       <w:r w:rsidR="003F7B91" w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> práce s obhajobou </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
+    <w:p w:rsidR="00EA74B5" w:rsidRPr="00E44873" w:rsidRDefault="00EA74B5" w:rsidP="00EA74B5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovinné: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Anglický </w:t>
+        <w:t>Anglický jazyk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">písemná a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ústní, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Německý jazyk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">písemná a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ústní, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Španělský jazyk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> - ústní</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> písemná</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E44873">
-[...41 lines deleted...]
-      <w:r w:rsidR="003F7B91">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44873">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ústní (žák </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">si </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">může vybrat pouze jazyk, ze kterého nekonal </w:t>
       </w:r>
-      <w:r w:rsidR="003F7B91">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>povinnou</w:t>
       </w:r>
       <w:r w:rsidRPr="00E44873">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> maturitní zkoušky) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001D3104" w:rsidRPr="00E44873" w:rsidRDefault="001D3104" w:rsidP="001D3104">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1184,58 +1420,58 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0041368B" w:rsidRPr="007D596C" w:rsidRDefault="0041368B" w:rsidP="007D596C">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0041368B" w:rsidRPr="007D596C" w:rsidSect="0089215F">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2155" w:right="1134" w:bottom="1021" w:left="1134" w:header="0" w:footer="386" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00010700" w:rsidRDefault="00010700">
+    <w:p w:rsidR="00C21E20" w:rsidRDefault="00C21E20">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00010700" w:rsidRDefault="00010700">
+    <w:p w:rsidR="00C21E20" w:rsidRDefault="00C21E20">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1966,58 +2202,58 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00935430" w:rsidRDefault="00935430"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00010700" w:rsidRDefault="00010700">
+    <w:p w:rsidR="00C21E20" w:rsidRDefault="00C21E20">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00010700" w:rsidRDefault="00010700">
+    <w:p w:rsidR="00C21E20" w:rsidRDefault="00C21E20">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00E45FCC" w:rsidRDefault="00E45FCC">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="EA5D00"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00E45FCC" w:rsidRDefault="00E45FCC">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="EA5D00"/>
@@ -3090,51 +3326,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -3191,104 +3427,106 @@
     <w:rsid w:val="00824FBB"/>
     <w:rsid w:val="00845CCD"/>
     <w:rsid w:val="0089215F"/>
     <w:rsid w:val="00902F09"/>
     <w:rsid w:val="00935430"/>
     <w:rsid w:val="009447B3"/>
     <w:rsid w:val="00947B7B"/>
     <w:rsid w:val="00952F0C"/>
     <w:rsid w:val="00962081"/>
     <w:rsid w:val="0097627C"/>
     <w:rsid w:val="00981162"/>
     <w:rsid w:val="009E375E"/>
     <w:rsid w:val="00A07C15"/>
     <w:rsid w:val="00A47B7C"/>
     <w:rsid w:val="00A602C6"/>
     <w:rsid w:val="00AB207B"/>
     <w:rsid w:val="00AC0751"/>
     <w:rsid w:val="00AE57E9"/>
     <w:rsid w:val="00AF60CE"/>
     <w:rsid w:val="00B14645"/>
     <w:rsid w:val="00B246C2"/>
     <w:rsid w:val="00B52B7A"/>
     <w:rsid w:val="00B65253"/>
     <w:rsid w:val="00B93CEB"/>
     <w:rsid w:val="00BF6A9D"/>
+    <w:rsid w:val="00C21E20"/>
     <w:rsid w:val="00C274AB"/>
     <w:rsid w:val="00C46CB4"/>
     <w:rsid w:val="00C65845"/>
     <w:rsid w:val="00C742C2"/>
     <w:rsid w:val="00C84FE8"/>
     <w:rsid w:val="00CD6889"/>
     <w:rsid w:val="00CE1D64"/>
     <w:rsid w:val="00D022F0"/>
     <w:rsid w:val="00D151E4"/>
     <w:rsid w:val="00D3622A"/>
     <w:rsid w:val="00DA0849"/>
     <w:rsid w:val="00DA342F"/>
     <w:rsid w:val="00DA655E"/>
     <w:rsid w:val="00DA6C3E"/>
     <w:rsid w:val="00DC5E90"/>
     <w:rsid w:val="00E069BB"/>
     <w:rsid w:val="00E127A7"/>
     <w:rsid w:val="00E133A7"/>
     <w:rsid w:val="00E45FCC"/>
     <w:rsid w:val="00E62B2A"/>
     <w:rsid w:val="00E6554B"/>
     <w:rsid w:val="00EA13E3"/>
+    <w:rsid w:val="00EA74B5"/>
     <w:rsid w:val="00F21A1C"/>
     <w:rsid w:val="00F51F85"/>
     <w:rsid w:val="00F621D5"/>
     <w:rsid w:val="00F623C4"/>
     <w:rsid w:val="00F75E51"/>
     <w:rsid w:val="00FD58D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3A2B8BDB"/>
+  <w14:docId w14:val="1AA92E5A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6FC6E3FD-3A31-42CF-9871-E16B73A957EB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4499,75 +4737,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>193</Words>
-  <Characters>1140</Characters>
+  <Words>206</Words>
+  <Characters>1220</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SCMSD základní šablona</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Frame B.D.D., s.r.o.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1331</CharactersWithSpaces>
+  <CharactersWithSpaces>1424</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SCMSD základní šablona</dc:title>
   <dc:subject>šablona</dc:subject>
   <dc:creator>Jitka Pošíková</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>-931973833</vt:i4>
   </property>